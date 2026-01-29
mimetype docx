--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,5193 +1,13202 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="image/jpeg" Extension="jpg"/>
-[...14 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="JPG" ContentType="image/.jpg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+    <w:p w14:paraId="5CB13A33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...8 lines deleted...]
-          <w:b w:val="1"/>
+        </w:rPr>
+        <w:t>Artigo original</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29497025">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:rtl w:val="0"/>
-[...10 lines deleted...]
-          <w:color w:val="7f7f7f"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título do </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>artigo: subtítulo do artigo escrito apenas com a primeira letra maiúscula</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1C3871">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="7f7f7f"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1">
+                <w14:lumMod w14:val="50000"/>
+                <w14:lumOff w14:val="50000"/>
+              </w14:schemeClr>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...10 lines deleted...]
-          <w:color w:val="7f7f7f"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1">
+                <w14:lumMod w14:val="50000"/>
+                <w14:lumOff w14:val="50000"/>
+              </w14:schemeClr>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Title of the article: subtitle written with the first letter capitalized only</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CEB3E58">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xa0bn0diks8r" w:id="0"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1">
+                <w14:lumMod w14:val="50000"/>
+                <w14:lumOff w14:val="50000"/>
+              </w14:schemeClr>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk193658554"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:color w:val="7f7f7f"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1">
+                <w14:lumMod w14:val="50000"/>
+                <w14:lumOff w14:val="50000"/>
+              </w14:schemeClr>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Título del artículo: subtítulo escrito sólo con la primera letra en mayúscula</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657AA6CE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Nome Sobrenome</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1* </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distB="0" distT="0" distL="0" distR="0">
-[...3 lines deleted...]
-            <a:graphic>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="124460" cy="124460"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+            <wp:docPr id="1672414657" name="Imagem 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image4.png"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="1672414657" name="Imagem 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="127129" cy="127129"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
-                    <a:ln/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>, Nome Sobrenome</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distB="0" distT="0" distL="0" distR="0">
-[...3 lines deleted...]
-            <a:graphic>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="124460" cy="124460"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+            <wp:docPr id="412666558" name="Imagem 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image4.png"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="412666558" name="Imagem 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="127129" cy="127129"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
-                    <a:ln/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+    </w:p>
+    <w:p w14:paraId="2D5E113E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor allowOverlap="1" behindDoc="0" distB="45720" distT="45720" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-158114</wp:posOffset>
+                  <wp:posOffset>-158115</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>311785</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2133600" cy="6048375"/>
-[...3 lines deleted...]
-                <a:graphic>
+                <wp:extent cx="2133600" cy="6219825"/>
+                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="217" name="Caixa de Texto 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2133600" cy="6048375"/>
+                          <a:ext cx="2133600" cy="6219825"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
-                          <a:headEnd/>
-                          <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="000F3883" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="000F3883" w:rsidRPr="000F3883" w14:paraId="63DE1397" w14:textId="7ED76894">
+                          <w:p w14:paraId="63DE1397">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="000F3883">
+                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-                                <w:bCs w:val="1"/>
+                                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:b/>
+                                <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Citação: </w:t>
                             </w:r>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="000F3883">
+                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:b w:val="0"/>
+                                <w:bCs w:val="0"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Sobrenome, N.; </w:t>
-[...131 lines deleted...]
-                              <w:t>xxxxxxx.</w:t>
+                              <w:t>Sobrenome, N.; Sobrenome, N.; (2025). Título do artigo: subtítulo. Revista Triângulo, 11, 11–30. https://doi.org/10.3390/ xxxxxxx.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000F3883" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="000F3883" w:rsidRPr="00000000" w14:paraId="59A26584" w14:textId="77777777">
+                          <w:p w14:paraId="59A26584">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00A75ADA" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="00A75ADA" w:rsidRPr="00000000" w14:paraId="6E48C40E" w14:textId="77777777">
+                          <w:p w14:paraId="6E48C40E">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                                <w:b w:val="1"/>
-                                <w:bCs w:val="1"/>
+                                <w:b/>
+                                <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C102B0" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="00C102B0" w:rsidRPr="00000000" w14:paraId="0F814C79" w14:textId="77777777">
+                          <w:p w14:paraId="261D42BA">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                                <w:b w:val="1"/>
-                                <w:bCs w:val="1"/>
+                                <w:b/>
+                                <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C102B0" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="00C102B0" w:rsidRPr="00000000" w14:paraId="60C007C7" w14:textId="77777777">
+                          <w:p w14:paraId="37EA181A">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                                <w:b w:val="1"/>
-                                <w:bCs w:val="1"/>
+                                <w:b/>
+                                <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="000F3883" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="000F3883" w:rsidRPr="000F3883" w14:paraId="78962E6A" w14:textId="3E690FB5">
+                          <w:p w14:paraId="78962E6A">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="000F3883">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                                <w:b w:val="1"/>
-                                <w:bCs w:val="1"/>
+                                <w:b/>
+                                <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Recebido:</w:t>
                             </w:r>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="000F3883">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-                              <w:t>5</w:t>
+                              <w:t xml:space="preserve"> xx dez. 2025</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000F3883" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="000F3883" w:rsidRPr="000F3883" w14:paraId="347F96EA" w14:textId="132F6FED">
+                          <w:p w14:paraId="347F96EA">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="000F3883">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                                <w:b w:val="1"/>
-                                <w:bCs w:val="1"/>
+                                <w:b/>
+                                <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Aceito: </w:t>
                             </w:r>
-                            <w:r w:rsidDel="00000000" w:rsidR="000F2879" w:rsidRPr="00000000">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>xx</w:t>
-[...39 lines deleted...]
-                              <w:t>5</w:t>
+                              <w:t>xx mar. 2025</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000F3883" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="000F3883" w:rsidRPr="00000000" w14:paraId="1DCD52F8" w14:textId="3A4756B0">
+                          <w:p w14:paraId="1DCD52F8">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="000F3883">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                                <w:b w:val="1"/>
-                                <w:bCs w:val="1"/>
+                                <w:b/>
+                                <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Publicado: </w:t>
                             </w:r>
-                            <w:r w:rsidDel="00000000" w:rsidR="000F2879" w:rsidRPr="000F2879">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>xx</w:t>
-[...47 lines deleted...]
-                              <w:t>5</w:t>
+                              <w:t>xx mar. 2025</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000F3883" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="000F3883" w:rsidRPr="00000000" w14:paraId="68F4C444" w14:textId="77777777">
+                          <w:p w14:paraId="68F4C444">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C102B0" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="00C102B0" w:rsidRPr="00000000" w14:paraId="348B55F2" w14:textId="77777777">
+                          <w:p w14:paraId="348B55F2">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C102B0" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="00C102B0" w:rsidRPr="00000000" w14:paraId="1C36888D" w14:textId="77777777">
+                          <w:p w14:paraId="1C36888D">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C102B0" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="00C102B0" w:rsidRPr="00000000" w14:paraId="60AEC7D5" w14:textId="77777777">
+                          <w:p w14:paraId="60AEC7D5">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C102B0" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="00C102B0" w:rsidRPr="00000000" w14:paraId="0B0102EA" w14:textId="77777777">
+                          <w:p w14:paraId="0B0102EA">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C102B0" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="00C102B0" w:rsidRPr="00000000" w14:paraId="7531D18F" w14:textId="77777777">
+                          <w:p w14:paraId="7531D18F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C102B0" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="00C102B0" w:rsidRPr="00000000" w14:paraId="50F75DF7" w14:textId="77777777">
+                          <w:p w14:paraId="50F75DF7">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="000F3883" w:rsidDel="00000000" w:rsidP="000F3883" w:rsidRDefault="000F3883" w:rsidRPr="00000000" w14:paraId="111A4C2F" w14:textId="77777777">
+                          <w:p w14:paraId="111A4C2F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="000F3883" w:rsidDel="00000000" w:rsidP="00C102B0" w:rsidRDefault="00C102B0" w:rsidRPr="00000000" w14:paraId="38E954A2" w14:textId="3D5C25E1">
+                          <w:p w14:paraId="38E954A2">
                             <w:pPr>
                               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                              </w:rPr>
+                            <w:r>
                               <w:drawing>
-                                <wp:inline distB="0" distT="0" distL="0" distR="0">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0">
                                   <wp:extent cx="1016000" cy="317500"/>
-                                  <wp:effectExtent b="6350" l="0" r="0" t="0"/>
-                                  <wp:docPr descr="Desenho com traços pretos em fundo branco e letras pretas&#10;&#10;O conteúdo gerado por IA pode estar incorreto." id="2123027172" name="Picture 7"/>
+                                  <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                                  <wp:docPr id="2123027172" name="Picture 7" descr="Desenho com traços pretos em fundo branco e letras pretas&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                                   <wp:cNvGraphicFramePr>
-                                    <a:graphicFrameLocks noChangeAspect="1"/>
+                                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
-                                  <a:graphic>
+                                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                                      <pic:pic>
+                                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
-                                          <pic:cNvPr descr="Desenho com traços pretos em fundo branco e letras pretas&#10;&#10;O conteúdo gerado por IA pode estar incorreto." id="13" name="Picture 7"/>
+                                          <pic:cNvPr id="2123027172" name="Picture 7" descr="Desenho com traços pretos em fundo branco e letras pretas&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId1">
+                                          <a:blip r:embed="rId9">
                                             <a:extLst>
-                                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}"/>
+                                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                              </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
-                                        <pic:spPr bwMode="auto">
+                                        <pic:spPr>
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="1016000" cy="317500"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
-                                          <a:extLst>
-[...2 lines deleted...]
-                                          </a:extLst>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00623394" w:rsidDel="00000000" w:rsidP="00C102B0" w:rsidRDefault="00280D72" w:rsidRPr="00000000" w14:paraId="2DCD4537" w14:textId="3477B5CE">
+                          <w:p w14:paraId="2DCD4537">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>Texto sobre copyright.</w:t>
-[...7 lines deleted...]
-                              <w:t>..</w:t>
+                              <w:t>Texto sobre copyright...</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001809C6" w:rsidDel="00000000" w:rsidP="00431A7B" w:rsidRDefault="001809C6" w:rsidRPr="00000000" w14:paraId="2BA07768" w14:textId="77777777">
+                          <w:p w14:paraId="2BA07768">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="001809C6" w:rsidDel="00000000" w:rsidP="00431A7B" w:rsidRDefault="001809C6" w:rsidRPr="00000000" w14:paraId="2E2D4E8C" w14:textId="77777777">
+                          <w:p w14:paraId="2E2D4E8C">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="001809C6" w:rsidDel="00000000" w:rsidP="001809C6" w:rsidRDefault="001809C6" w:rsidRPr="00000000" w14:paraId="3FCE7404" w14:textId="77777777">
+                          <w:p w14:paraId="3FCE7404">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="001809C6" w:rsidDel="00000000" w:rsidP="001809C6" w:rsidRDefault="001809C6" w:rsidRPr="00000000" w14:paraId="2162B595" w14:textId="77777777">
+                          <w:p w14:paraId="2162B595">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="001809C6" w:rsidDel="00000000" w:rsidP="001809C6" w:rsidRDefault="001809C6" w:rsidRPr="00000000" w14:paraId="4CD49F4A" w14:textId="77777777">
+                          <w:p w14:paraId="4CD49F4A">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="001809C6" w:rsidDel="00000000" w:rsidP="001809C6" w:rsidRDefault="001809C6" w:rsidRPr="00000000" w14:paraId="6CA95F11" w14:textId="77777777">
+                          <w:p w14:paraId="6CA95F11">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="001809C6" w:rsidDel="00000000" w:rsidP="001809C6" w:rsidRDefault="001809C6" w:rsidRPr="00000000" w14:paraId="7B57519A" w14:textId="77777777">
+                          <w:p w14:paraId="7B57519A">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="001809C6" w:rsidDel="00000000" w:rsidP="001809C6" w:rsidRDefault="001809C6" w:rsidRPr="00000000" w14:paraId="1086F4DC" w14:textId="77777777">
+                          <w:p w14:paraId="1086F4DC">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="001809C6" w:rsidDel="00000000" w:rsidP="001809C6" w:rsidRDefault="001809C6" w:rsidRPr="00000000" w14:paraId="7C20A891" w14:textId="77777777">
+                          <w:p w14:paraId="7C20A891">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="001809C6" w:rsidDel="00000000" w:rsidP="001809C6" w:rsidRDefault="001809C6" w:rsidRPr="00000000" w14:paraId="04E967F5" w14:textId="7C9AB094">
+                          <w:p w14:paraId="04E967F5">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                              </w:rPr>
+                            <w:r>
                               <w:drawing>
-                                <wp:inline distB="0" distT="0" distL="0" distR="0">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0">
                                   <wp:extent cx="902335" cy="611505"/>
-                                  <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                                  <wp:docPr descr="Logotipo&#10;&#10;O conteúdo gerado por IA pode estar incorreto." id="797132992" name="Imagem 1"/>
+                                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                  <wp:docPr id="797132992" name="Imagem 1" descr="Logotipo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                                   <wp:cNvGraphicFramePr>
-                                    <a:graphicFrameLocks noChangeAspect="1"/>
+                                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
-                                  <a:graphic>
+                                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                                      <pic:pic>
+                                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
-                                          <pic:cNvPr descr="Logotipo&#10;&#10;O conteúdo gerado por IA pode estar incorreto." id="1502530866" name="Imagem 1502530866"/>
+                                          <pic:cNvPr id="797132992" name="Imagem 1" descr="Logotipo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip cstate="print" r:embed="rId2">
+                                          <a:blip r:embed="rId10" cstate="print">
                                             <a:extLst>
-                                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}"/>
+                                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                              </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr>
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="902335" cy="611505"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr anchorCtr="0" anchor="t" bIns="45720" lIns="91440" rIns="91440" rot="0" vert="horz" wrap="square" tIns="45720">
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:drawing>
-[...38 lines deleted...]
-            </w:drawing>
+            <w:pict>
+              <v:shape id="Caixa de Texto 2" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-left:-12.45pt;margin-top:24.55pt;height:489.75pt;width:168pt;mso-wrap-distance-bottom:3.6pt;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:3.6pt;z-index:251662336;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF" filled="t" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAR4nzT9kAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQU7DMBBF90jcwZpKbFBrO6Rpk8apBBKIbUsP4MTTJCK2&#10;o9ht2tszrGA3o3n68365v9mBXXEKvXcK5EoAQ9d407tWwenrfbkFFqJ2Rg/eoYI7BthXjw+lLoyf&#10;3QGvx9gyCnGh0Aq6GMeC89B0aHVY+REd3c5+sjrSOrXcTHqmcDvwRIiMW907+tDpEd86bL6PF6vg&#10;/Dk/r/O5/oinzSHNXnW/qf1dqaeFFDtgEW/xD4ZffVKHipxqf3EmsEHBMklzQhWkuQRGwIuUNNRE&#10;imSbAa9K/r9D9QNQSwMEFAAAAAgAh07iQL8w5XsuAgAAWgQAAA4AAABkcnMvZTJvRG9jLnhtbK1U&#10;TW/bMAy9D9h/EHRfHbvfRp2iS9FhQNcNaPcDGFmOhUmiJimxu18/SnazrLv0MB8EUSQfyacnX12P&#10;RrOd9EGhbXh5tOBMWoGtspuGf3+6+3DBWYhgW9BoZcOfZeDXy/fvrgZXywp71K30jEBsqAfX8D5G&#10;VxdFEL00EI7QSUvODr2BSKbfFK2HgdCNLqrF4qwY0LfOo5Ah0Ont5OQzon8LIHadEvIWxdZIGydU&#10;LzVEGin0ygW+zN12nRTxa9cFGZluOE0a80pFaL9Oa7G8gnrjwfVKzC3AW1p4NZMBZanoHuoWIrCt&#10;V/9AGSU8BuzikUBTTINkRmiKcvGKm8cenMyzENXB7UkP/w9WPOy+eabahlflOWcWDF35CtQIrJXs&#10;SY4RWZVYGlyoKfjRUXgcP+JI2skTB3eP4kdgFlc92I288R6HXkJLXZYpszhInXBCAlkPX7ClYrCN&#10;mIHGzptEIZHCCJ1u6Hl/Q9QHE3RYlcfHZwtyCfKdVeXlRXWaa0D9ku58iJ8kGpY2DfckgQwPu/sQ&#10;UztQv4SkagG1au+U1tnwm/VKe7YDkstd/mb0v8K0ZUPDL0+pdsqymPKzkoyK9Di0Mg2/WKRvTtd2&#10;5iGNPpEQx/U487rG9pkY8TjJkx4nbXr0vzgbSJoNDz+34CVn+rMlVi/Lk5Ok5WycnJ5XZPhDz/rQ&#10;A1YQVMMjZ9N2FbP+p85viP1OZV7SNU2dzL2S5DJd8/NImj60c9SfX8LyN1BLAwQKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxz&#10;Ly5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7w&#10;mRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2Y&#10;rHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zl&#10;ju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07i&#10;QH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXp&#10;grRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAE&#10;MjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7&#10;ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lP&#10;E6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BL&#10;AQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAKAEAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAggMAAF9yZWxz&#10;L1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAKYDAABfcmVscy8ucmVs&#10;c1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQA&#10;FAAAAAgAh07iQEeJ80/ZAAAACwEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBL&#10;AQIUABQAAAAIAIdO4kC/MOV7LgIAAFoEAAAOAAAAAAAAAAEAIAAAACgBAABkcnMvZTJvRG9jLnht&#10;bFBLBQYAAAAABgAGAFkBAADIBQAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke on="f" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="63DE1397">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Citação: </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b w:val="0"/>
+                          <w:bCs w:val="0"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Sobrenome, N.; Sobrenome, N.; (2025). Título do artigo: subtítulo. Revista Triângulo, 11, 11–30. https://doi.org/10.3390/ xxxxxxx.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="59A26584">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6E48C40E">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="261D42BA">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="37EA181A">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="78962E6A">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Recebido:</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> xx dez. 2025</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="347F96EA">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Aceito: </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>xx mar. 2025</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1DCD52F8">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Publicado: </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>xx mar. 2025</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="68F4C444">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="348B55F2">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="1C36888D">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="60AEC7D5">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="0B0102EA">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="7531D18F">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="50F75DF7">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="111A4C2F">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="38E954A2">
+                      <w:pPr>
+                        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:drawing>
+                          <wp:inline distT="0" distB="0" distL="0" distR="0">
+                            <wp:extent cx="1016000" cy="317500"/>
+                            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                            <wp:docPr id="2123027172" name="Picture 7" descr="Desenho com traços pretos em fundo branco e letras pretas&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+                            <wp:cNvGraphicFramePr>
+                              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                            </wp:cNvGraphicFramePr>
+                            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                  <pic:nvPicPr>
+                                    <pic:cNvPr id="2123027172" name="Picture 7" descr="Desenho com traços pretos em fundo branco e letras pretas&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+                                    <pic:cNvPicPr>
+                                      <a:picLocks noChangeAspect="1"/>
+                                    </pic:cNvPicPr>
+                                  </pic:nvPicPr>
+                                  <pic:blipFill>
+                                    <a:blip r:embed="rId9">
+                                      <a:extLst>
+                                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                        </a:ext>
+                                      </a:extLst>
+                                    </a:blip>
+                                    <a:srcRect/>
+                                    <a:stretch>
+                                      <a:fillRect/>
+                                    </a:stretch>
+                                  </pic:blipFill>
+                                  <pic:spPr>
+                                    <a:xfrm>
+                                      <a:off x="0" y="0"/>
+                                      <a:ext cx="1016000" cy="317500"/>
+                                    </a:xfrm>
+                                    <a:prstGeom prst="rect">
+                                      <a:avLst/>
+                                    </a:prstGeom>
+                                    <a:noFill/>
+                                    <a:ln>
+                                      <a:noFill/>
+                                    </a:ln>
+                                  </pic:spPr>
+                                </pic:pic>
+                              </a:graphicData>
+                            </a:graphic>
+                          </wp:inline>
+                        </w:drawing>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2DCD4537">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Texto sobre copyright...</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2BA07768">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="2E2D4E8C">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="3FCE7404">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="2162B595">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4CD49F4A">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6CA95F11">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="7B57519A">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="1086F4DC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="7C20A891">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="04E967F5">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:drawing>
+                          <wp:inline distT="0" distB="0" distL="0" distR="0">
+                            <wp:extent cx="902335" cy="611505"/>
+                            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                            <wp:docPr id="797132992" name="Imagem 1" descr="Logotipo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+                            <wp:cNvGraphicFramePr>
+                              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                            </wp:cNvGraphicFramePr>
+                            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                  <pic:nvPicPr>
+                                    <pic:cNvPr id="797132992" name="Imagem 1" descr="Logotipo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+                                    <pic:cNvPicPr>
+                                      <a:picLocks noChangeAspect="1"/>
+                                    </pic:cNvPicPr>
+                                  </pic:nvPicPr>
+                                  <pic:blipFill>
+                                    <a:blip r:embed="rId10" cstate="print">
+                                      <a:extLst>
+                                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                        </a:ext>
+                                      </a:extLst>
+                                    </a:blip>
+                                    <a:stretch>
+                                      <a:fillRect/>
+                                    </a:stretch>
+                                  </pic:blipFill>
+                                  <pic:spPr>
+                                    <a:xfrm>
+                                      <a:off x="0" y="0"/>
+                                      <a:ext cx="902335" cy="611505"/>
+                                    </a:xfrm>
+                                    <a:prstGeom prst="rect">
+                                      <a:avLst/>
+                                    </a:prstGeom>
+                                  </pic:spPr>
+                                </pic:pic>
+                              </a:graphicData>
+                            </a:graphic>
+                          </wp:inline>
+                        </w:drawing>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="0CC83A4A">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="3686"/>
+          <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
-        <w:spacing w:after="0" w:before="0" w:line="259" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:strike w:val="0"/>
+        <w:ind w:left="3119" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...2 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
         </w:rPr>
         <w:t xml:space="preserve">Universidade Federal do Triângulo Mineiro </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
         </w:rPr>
         <w:drawing>
-          <wp:inline distB="0" distT="0" distL="0" distR="0">
-[...3 lines deleted...]
-            <a:graphic>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="258445" cy="84455"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:docPr id="1963007075" name="Imagem 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image7.png"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="1963007075" name="Imagem 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="312889" cy="102211"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
-                    <a:ln/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...12 lines deleted...]
-        <w:widowControl w:val="1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>, Instituto de Educação, Letras, Artes, Ciências Humanas e Sociais, Uberaba (MG), Brasil.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7870D649">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="3686"/>
+          <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
-        <w:spacing w:after="0" w:before="0" w:line="259" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:strike w:val="0"/>
+        <w:ind w:left="3119" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...2 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
         </w:rPr>
         <w:t xml:space="preserve">Universidade Federal do Triângulo Mineiro </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
         </w:rPr>
         <w:drawing>
-          <wp:inline distB="0" distT="0" distL="0" distR="0">
-[...3 lines deleted...]
-            <a:graphic>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="258445" cy="84455"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:docPr id="1183217492" name="Imagem 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image7.png"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="1183217492" name="Imagem 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="312889" cy="102211"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
-                    <a:ln/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...33 lines deleted...]
-          <w:color w:val="00b050"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>, Centro de Educação Profissional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Botucatu (SP), Brasil.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD9B192">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3686"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...59 lines deleted...]
-          <w:color w:val="00b050"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...36 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autor correspondente: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:autoria@uftm.edu.br" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...33 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>autoria@uftm.edu.br</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C3390E">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="413AE8D8">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...33 lines deleted...]
-          <w:color w:val="000000"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...36 lines deleted...]
-          <w:color w:val="000000"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Resumo:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...36 lines deleted...]
-          <w:color w:val="000000"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> O resumo do artigo deve ser escrito em fonte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> tamanho 10, espaçamento simples. E obrigatório apresentar o resumo na sua versão idioma em inglês e no espanhol. Além disso, não é permitido no corpo dos resumos apresentar citações. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo. Resumo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C037ED0">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...6 lines deleted...]
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Palavras-chave:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Palavra 1. Palavra 2. Palavra 3. Palavra 4. Palavra 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D24AAF4">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50A89A2B">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Abstract:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> O abstract do artigo deve ser elaborado em língua inglesa (idioma secundário), seguindo, tanto quanto possível, a redação utilizada no Resumo, e deve ser elaborado em fonte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, tamanho 10, espaçamento simples. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. Abstract. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Abstract. Abstract. Abstract. Abstract. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2F4EB1">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Word 1. Word 2. Word 3. Word 4. Word 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE7D586">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30E8D202">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F901C6C">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Resumen:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> O resumen do artigo deve ser elaborado em língua espanhola (idioma secundário), seguindo, tanto quanto possível, a redação utilizada no Resumen, e deve ser elaborado em fonte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> tamanho 10, espaçamento simples. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen. Resumen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED7CBE3">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3119"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Palabras clave:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Palabra 1. Palabra 2. Palabra 3. Palabra 4. Palabra 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6767A848">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36954BFA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>1. Introdução</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229A7122">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">As orientações para fazer a submissão dos artigos na Revista Triângulo são, todas/os as/os autoras/es devem possuir o Registro ORCID iD, pois este é exigência dos indexadores desta Revista (Link para registro: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://orcid.org/register" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>https://orcid.org/register</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>); O ORCID (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Open Researcher and Contributor ID</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">) é uma organização sem fins lucrativos, dedicada a criar e manter um sistema onde todos que participam de pesquisas, bolsas de estudo e inovações sejam identificados de forma única. Este sistema fornece um número de identificação para cada pesquisador, evitando ambiguidades ou similaridades, e ainda, está integrado com outras bases de dados e indexadores. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7111DB2F">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Para o destaque de palavras/frases no texto utilizar, apenas, o recurso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>itálico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>, ou seja, não utilizar negrito ou outro destaque, só nas citações direitas de mais de três linhas pode ser usado o sublinhado como grifo. Um espaço de uma linha em branco ao final de cada seção.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F636650">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">É obrigatório inserir todas as informações sobre as/os autoras/es nos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>metadados da submissão</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> no site da revista quando o artigo seja submetido, disponibilizando o link do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">ORCID </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">de cada autora/autor no campo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ex.: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://orcid.org/0000-0002-8214-7342" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>https://orcid.org/0000-0002-8214-7342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">), e no campo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> colocar o link do Lattes (Ex.: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://lattes.cnpq.br/0548641754445706" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>http://lattes.cnpq.br/0548641754445706</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">) e demais informações como </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>instituição</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>bibliografia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> de ser possível a mesma que apresenta o Lattes da/a referida/o autora/autor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E6EE1F">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A9B6C69">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">As citações no corpo do artigo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179AE492">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Nas citações indiretas, no corpo do texto, os nomes das/os autoras/es devem ser referendados usando maiúsculas e minúsculas. Caso esteja entre parênteses devem ser grafados em letra maiúscula. Por exemplo: Pirola (2021) ou (Pirola, 2021).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C3F6226">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Citações diretas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> com mais de três linhas devem ser feitas seguindo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Norma ABNT NBR 10520:2023,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> que indica sugestões de recuo de 4 cm a partir da margem esquerda, espaçamento simples, sem aspas, fonte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, tamanho 10.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C276893">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28FF4BBF">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Observação das citações diretas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6509ACD6">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Observem que o número da página da citação deve vir junto com o ano, antes ou após o texto citado. As citações diretas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>de máximo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>três linhas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">: devem ser inseridas no corpo do texto, contidas entre aspas duplas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>"  "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. Exemplo: "Em uma apreciação crítica à concepção do Parfor, é possível observar divergências quanto à natureza estrutural dessa proposta de formação de professores em serviço" (Taveira; Ciríaco; Peralta, 2023, p. 28). Ou ainda, de acordo com Taveira, Ciríaco e Peralta (2023, p. 28) "Em uma apreciação crítica à concepção do Parfor, é possível observar divergências quanto à natureza estrutural dessa proposta de formação de professores em serviço".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3070AA">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B94740">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>2. Referencial teórico</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C770BD4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Os referencias teóricos servem de fundamentação para o estudo e são usados na análise dos resultados apresentados posteriormente. Deve ser dada preferência para publicações recentes, de periódicos especilizados/conceituados, de livros, dissertações, teses ou ainda de trabalhos apresentados em eventos da área. As citações serão dispostas de acordo com as normas técnicas  Norma ABNT NBR 10520:2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528B2223">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="465F144E">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>3. Métodos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A94CE7A">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">É importante apresentar, sempre que possível (de acordo com as bases teóricas-metodológicas-epistemológicas) uma fundamentação teórica sobre os pressupostos metodológicas da pesquisa realizada: abordagem, tipo, sujeito, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>lócus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>, instrumentos, procedimentos e técnicas utilizadas, contexto, ambiente, entre outros elementos necessários.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C1EA38">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Diálogos, entrevistas, depoimentos, conversas, exemplos de exercícios e outros instrumentos provenientes dos dados coletados devem seguir a formatação: fonte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, tamanho 10, em itálico conteúdo das falas, espaçamento entre linhas simples e com recuo de 1,25. Colocar o nome ou pseudo-nome </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>em negrito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> sem itálico. Se for no caso de as/os autoras/es esclarecer algum assunto no diálogo usar [texto para esclarecer].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38424F1B">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7113C10D">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="709" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Professor1 ou Professor(A)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>: O que você fez para resolver o problema?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> [o professor1 pergunta ao aluno1]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE205BD">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="709" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Aluno1 ou Aluno(A)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">: Multipliquei estes números </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>[assinalando com o dedo no caderno]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, depois somei ao valor inicial. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015F845D">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65520DE0">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">As figuras e quadros devem ficar o mais próximo possível de sua chamada no corpo do texto. O título das figuras deve ser suficientemente claro em relação à imagem, de modo que não seja necessário consultar o corpo do texto. Apenas o número do objeto e a palavra designativa deverão utilizar negrito. Os títulos das figuras devem seguir a instrução: letra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, tamanho 11, espaçamento simples. As fontes em letra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, tamanho 10, espaçamento simples, uma linha em branco antes do título e após a fonte, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>sempre mencionar a fonte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688D9BC1">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Utilize uma boa resolução de imagem, de modo que seja legível para os leitores em 100% de zoom, sempre respeitando as margens do documento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9575F4">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Os quadros apresentam informações descritivas, redigidas na forma de texto. Todo o conteúdo dentro do quadro deve seguir a instrução: letra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, tamanho 10, espaçamento simples. Os títulos dos Quadros devem seguir a instrução: letra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, tamanho 11, espaçamento simples. As fontes em letra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, tamanho 10, espaçamento simples, uma linha em branco antes do título e após a fonte, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>sempre mencionar a fonte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4E1C60">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CDAFEAA">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Exemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48687E53">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1" w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BC30353">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Quadro 2 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Justificativas do Aluno(a) na soma dos resultados de dois dados</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036B0B11">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="12"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2058"/>
+        <w:gridCol w:w="2604"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="3E76E92A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33638ACD">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="22" w:firstLine="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>As Tarefas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD0B9DC">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="94" w:hanging="50"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Respostas do Aluno (A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2BC1F578">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72DBCB98">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="22"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Um número par?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="751E702A">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="94"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Possível</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="6E1AAE92">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF2B9F6">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="22"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Um número ímpar?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD4E323">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="94"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Possível</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0C4CAD53">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A816B8">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="22"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>O número 1?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7C581A">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="94"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Há alguma possibilidade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="74A1EE64">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Fonte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>: Taveira, Ciríaco e Peralta (ano, p. xx).; Elaboração baseada em Taveira, Ciríaco e Peralta (ano, p. xx).; Elaboração própria (ano).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F394052">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67CA8793">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>As tabelas são formas gráficas nas quais os dados numéricos se destacam como informação central. A identificação das tabelas deverá vir na parte superior, precedida da palavra Tabela</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">(em negrito), seguida de seu número de ordem de ocorrência no texto, em algarismos arábicos (em negrito); em seguida, inserir o respectivo título (sem negrito). O título e conteúdo das tabelas, deve ser escrito em fonte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>, tamanho 11. O título deve ser separado da respectiva numeração por um “–” (hífen).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sempre mencionar a fonte. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Inserir a Tabela o mais próximo possível de sua chamada no corpo do texto. As fontes e notas, deve ser grafado em fonte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, tamanho 10, espaçamento simples, uma linha em branco antes do título e após a fonte, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>sempre mencionar a fonte.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC009E9">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="654924FB">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Exemplo 1:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5B0C45">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60E62482">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Tabela 1 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Distribuição respostas correta dos alunos</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="12"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1928"/>
+        <w:gridCol w:w="2117"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="41DAB15B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA3591B">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Aluno</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9E4570">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Quantidade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="68541F5B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD2B776">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D52E0B">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="33D57C07">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E43CB35">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D7B8B4">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0EF34C03">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2003D995">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBEF614">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="6B66CFB2">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B7D466">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="755C2791">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="75470EBC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="623AE0C4">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CD97D9">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="7C9717A4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="420D3743">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="100DCDA6">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0E3108C8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B72F393">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F73821">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="523F758B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2A9C61">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBDDFCD">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="789CD030">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="678D2691">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0D770C">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="32EBB08F">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Fonte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>: Taveira, Ciríaco e Peralta (ano, p. xx).; Elaboração baseada em Taveira, Ciríaco e Peralta (ano, p. xx).; Elaboração própria (ano).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E11FD0">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E29FAEE">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="558E3B70">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Exemplo 2:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D7EA88">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="264D50F4">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Tabela 1 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pesquisa qualitativa por quantitativa análise percentil</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="12"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3147"/>
+        <w:gridCol w:w="1568"/>
+        <w:gridCol w:w="1522"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="7E434A52">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2769B1">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="37"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Item</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="260EAF54">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Quantidade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C68DF18">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Percentual</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="38D7AF4C">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76872B3D">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="37" w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Teoria social</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A92C250">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="6" w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B355A58">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="132" w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>x%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="4B786D25">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="456CBB78">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="37" w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Método</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7760C1A8">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="6" w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F24CC8">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="132" w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>x%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="322C78BE">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66001222">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="37"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Questão</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC49F8F">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3129F86F">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="132"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>x%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="16A521CF">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F20D043">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="37"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Raciocínio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E27FDE">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04504649">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="132"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>x%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="25471BBE">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="580EBA05">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="37"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Método de amostragem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48033805">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E88E85D">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="132"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>x%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2A42A524">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34000757">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="37"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Força</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00265ABE">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A73DF19">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="132"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>x%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="29752FB0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="227" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C61CE2">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="37"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="204EFCE5">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11489B29">
+            <w:pPr>
+              <w:pStyle w:val="31"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="it-IT"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>x%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0FB34AD5">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Fonte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>: Taveira, Ciríaco e Peralta (ano, p. xx).; Elaboração baseada em Taveira, Ciríaco e Peralta (ano, p. xx).; Elaboração própria (ano).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4A8353">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="019CFEF8">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Quadros, tabelas e equações devem estar em um formato possível de ser editados. Não serão aceitas imagens. A utilização de expressões como "a Tabela acima" ou a "Figura abaixo" não devem ser utilizadas porque no processo de editoração a localização das mesmas pode ser alterada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EEE0E49">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Toda a tabela deve conter um título indicando a natureza e abrangências geográfica e temporal dos dados numéricos, sem abreviações, por extenso, de forma clara e concisa. Deve ter um número (algarismo arábico, crescente) sempre que o documento apresentar duas ou mais tabelas. A moldura não deve ter traços verticais que a delimitem à esquerda e à direita. Deve conter dados numéricos inscritos nas suas células, para informar a quantificação de um fato específico observado. Recomenda-se que seja elaborada de forma a ser apresentada em uma única página e que apresente uniformidade gráfica (fonte, corpo, uso de maiúsculas e minúsculas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C54577">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FF98696">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>4. Análise e resultados</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AD0960">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Desenvolver a partir do referencial teórico-metodológico, considerando as exigências científicas para garantir a originalidade, cientificidade, rigor, precisão.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334D7C65">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15901AE8">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>5. Conclusão (ou Considerações finais/Reflexões finais)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5464E110">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Salientar as conclusões e/ou posições da/o autora/autor frente aos frutos do estudo, geralmente confeccionada por meio da exploração dos objetivos alcançados e da discussão do problema discutido</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1A36C1">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3969" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58828185">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="3969" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FC31C5D">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Referências </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB70813">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">As referências completas devem ser apresentadas de acordo com </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Norma ABNT NBR 10520:2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> e somente das/os autoras/es mencionados no corpo do texto, não de outras obras consultadas; devem aparecer em ordem alfabética e não numeradas ou com marcadores de texto. Utilizar fonte 11, sem parágrafo, alinhado a esquerda, espaçamento simples e espaço de 11pt depois cada referência. Sempre que possível é obrigatório inserir os links para acessar as referências disponibilizadas na internet para que os avaliadores e leitores possam consultar imediatamente após (ou durante) a leitura do artigo, principalmente quando se refere à artigo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>on-line</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> (em periódicos ou anais de eventos), livro e/ou capítulo de livro em </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>e-book</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>, teses e dissertações. É</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> obrigatório colocar os nomes das autoras e dos autores por extenso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB36B26">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Para a melhor compreensão e visualização, a seguir são transcritos exemplos de referências de diversos tipos de materiais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C41DB46">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3372F5F1">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Teses:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7876DC24">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">CIRÍACO, Klinger Teodoro. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Professoras iniciantes e o aprender a ensinar Matemática em um grupo colaborativo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2016. 334f. Tese (Doutorado em Educação) – Faculdade de Ciências e Tecnologia da Universidade Estadual Paulista "Júlio de Mesquita Filho". FCT/UNESP, Presidente Prudente-SP. 2016. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://repositorio.unesp.br/bitstream/handle/11449/139512/ciriaco_kt_dr_prud.pdf?sequence=3&amp;amp;isAllowed=y" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>https://repositorio.unesp.br/bitstream/handle/11449/139512/ciriaco_kt_dr_prud.pdf?sequence=3&amp;amp;isAllowed=y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. Acesso em: 14, set. 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618EA7AC">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36741D01">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>PERALTA, Deise A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>parecida.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Formação continuada de professores de Matemática em contexto de reforma curricular:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribuições da teoria da ação comunicativa. 2012. 209f. Tese (Doutorado em Educação para Ciência) – Faculdade de Ciências da Universidade Estadual Paulista "Júlio de Mesquita Filho". FC/UNESP, Bauru-SP. 2012. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://hdl.handle.net/11449/102015" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>http://hdl.handle.net/11449/102015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. Acesso em: 14, set. 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6998B15F">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F8989E1">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">PIROLA, Nelson Antonio. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Solução de problemas geométricos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">: dificuldades e perspectivas. 2000. 218f. Tese (Doutorado em Educação) - Faculdade de Educação da Universidade Estadual de Campinas. FE/UNICAMP, Campinas-SP. 2000. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://hdl.handle.net/20.500.12733/1589850" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>https://hdl.handle.net/20.500.12733/1589850</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. Acesso em: 14, set. 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7089463E">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A7B4065">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-PT"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">RODRIGUES, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-PT"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Zionice Garbelini Martos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>O movimento da matemática moderna na região de Ribeirão Preto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">: uma paisagem. 2010. 208f. Tese (Doutorado em Educação) - Faculdade de Educação da Universidade Estadual de Campinas. FE/UNICAMP, Campinas-SP. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://hdl.handle.net/20.500.12733/1612870" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>https://hdl.handle.net/20.500.12733/1612870</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Acesso em: 14, set. 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF3555F">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="656D922E">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Dissertações:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0994C83C">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="378DD1C4">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">SANTINO, Fernando Schlindwein. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Formação de professores indígenas:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> limites e perspectivas segundo egressos de um curso de licenciatura intercultural. 2022. 284f. Dissertação (Mestrado em Educação) – Faculdade de Ciências e Tecnologia da Universidade Estadual Paulista "Júlio de Mesquita Filho". FCT/UNESP. Presidente Prudente-SP. 2022. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://repositorio.unesp.br/handle/11449/235850" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>https://repositorio.unesp.br/handle/11449/235850</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Acesso em: 14, set. 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A34A14A">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56B52AFD">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-PT"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">TAVEIRA, Flavio Augusto Leite. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Reconhecimento e redistribuição:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> um estudo (comparativo) das injustiças curriculares relacionadas ao provimento de questões de gênero e sexualidade na formação inicial de professoras/es de Matemática. 2023. 105f. Dissertação (Mestrado em Educação para a Ciência) – Faculdade de Ciências da Universidade Estadual Paulista "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Júlio de Mesquita Filho". FC/UNESP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, Bauru-SP. 2023. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://repositorio.unesp.br/bitstream/handle/11449/242187/taveira_fal_me_bauru.pdf?sequence=3&amp;isAllowed=y" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>taveira_fal_me_bauru.pdf (unesp.br)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-PT"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Acesso em: 15, set. 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741939C6">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="RANGE!C12"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="7F3EFD21">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Livros com 1 autora/autor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E81D74C">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">FOERSTE, Erineu. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Parceria na formação de professores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. São Paulo: Cortez, 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462D3F46">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50E130E7">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Livros com 2 autoras/es:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A1DEAE7">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>FRANÇA, Junia Lessa; VASCONCELLOS, Ana Cristina de. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Manual para normalização de publicações técnico-científicas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. 7. ed. Belo Horizonte: Ed. UFMG, 2004.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C989B8">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B51D9B">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Livros com 3 autoras/es:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3D7AE7">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">CREMONEZE, Marcielli de Lemos; CIRÍACO, Klinger Teodoro; FAUSTINO, Ana Carolina. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Licenciandos em Pedagogia e o "país das maravilhas da Matemática":</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprendizagens e saberes mobilizados pela colaboração. Campo Grande, MS: Editora UFMS, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04492AAD">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AA0E794">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Livros com mais de 3 autoras/es:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E0F5C1">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>FRANÇA, Júnia Lessa; [Informar todas as autoras e todos os autores com seus nomes por extenso]. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Manual para normalização de publicações técnico- científicas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. Belo Horizonte: Editora da UFMG, 1990.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0640B08D">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AC1D6FA">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Livros com organizadoras(es), coordenadoras(es):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79613924">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">CIRÍACO, Klinger Teodoro; OLIVEIRA, Carloney Alves de. (Orgs.). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Tendências em Educação Matemática na infância.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Brasília: SBEM, 2022. (Coleção SBEM). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45ED1C63">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>PIROLA, Nelson Antonio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">; SANDER, Giovana Pereira; TORTORA, Evandro. (Orgs.). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Psicologia da Educação Matemática:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribuições para o ensino da Matemática escolar. 1. ed. São Paulo: Livraria da Física, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0614448B">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A33522F">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Livros eletrônicos (e-books) com organizadoras(es), coordenadoras(es):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE4D25B">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>VERSUTI, Fabiana Maris; MULLE, Rafael Lima Dalle; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>PERALTA, Deise Aparecida;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> GONÇALVES, Harryson Júnio Lessa. (Orgs.). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Perspectivas de atuação no caos: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">textos e contextos. 1ª. ed. Porto Alegre: Editora Fi, 2020. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.editorafi.org/92caos" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>https://www.editorafi.org/92caos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. Acesso em: 15, set. 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E66BB82">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26344AE3">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Capítulo de livro e de livro eletrônico (E-book):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F29A614">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">PIMENTA, Selma Garrido. Formação de professores: saberes da docência e identidade do professor. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">: FAZENDA, Ivani Catarina Arantes. (Org.). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Didática e interdisciplinaridade</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Campinas-SP: Editora Papirus, 1998. p.161-178. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C835A61">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">GAMA, Renata Prenstteter; NAKAYAMA, Bárbara Cristina Moreira Sicardi. Grupo de pesquisa em Educação Matemática na abordagem de construção compartilhada de conhecimentos. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>In:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> OLIVEIRA, Andréia Maria Pereira de; ORTIGÃO, Maria Isabel Ramalho. (Orgs.). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Abordagens teóricas e metodológicas nas pesquisas em Educação Matemática.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Brasília: SBEM, 2018. (Coleção SBEM). p.113-132. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.sbembrasil.org.br/files/ebook_.pdf" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>http://www.sbembrasil.org.br/files/ebook_.pdf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Acesso em: 15, set. 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562F4628">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EA33D60">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Trabalhos de eventos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07768BB5">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk20843557"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">PRADA, Luis Eduardo Alvarado. Metodologias de pesquisa-formação de professores nas dissertações, teses: 1999-2008. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>: IX Seminário Nacional de Pesquisa em Educação da Região Sul.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anais... </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">IX ANDEP SUL. 2012. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.ucs.br/etc/conferencias/index.php/anpedsul/9anpedsul/paper/viewFile/3179/482" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>http://www.ucs.br/etc/conferencias/index.php/anpedsul/9anpedsul/paper/viewFile/3179/482</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Acesso em: 15, set. 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="69DA4DBB">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76E4FADD">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Artigos de revistas/periódicos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4978DAC2">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C6D22A9">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">TAVEIRA, Flavio Augusto Leite; CIRÍACO, Klinger Teodoro; PERALTA, Deise Aparecida. Narrativas mônadas acerca de Matemática de EstudantesProfessoras em um curso de Pedagogia Parfor da região Amazônica. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Bolema</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, Rio Claro (SP), v. 37, n. 75, p.24-48, abr. 2023. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.scielo.br/j/bolema/a/kMwGvr7GVwkyX4DMkRsCw7z/?format=pdf&amp;lang=pt" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>https://www.scielo.br/j/bolema/a/kMwGvr7GVwkyX4DMkRsCw7z/?format=pdf&amp;lang=pt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>.  Acesso em: 15, set. 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D79399">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06462522">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>CIRÍACO, Klinger Teodoro; AZEVEDO, Priscila Domingues de; CREMONEZE, Marcielli de Lemos. Professoras de bebês e crianças bem pequenas: experiências com a linguagem matemática na creche. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Perspectivas da Educação Matemática</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, v. 16, n. 43, p. 1-21, 29 ago. 2023. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://periodicos.ufms.br/index.php/pedmat/article/view/17907/12950" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>https://periodicos.ufms.br/index.php/pedmat/article/view/17907/12950</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. Acesso em: 15, set. 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0B46F1">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67AD713A">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">RODRIGUES, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Zionice Garbelini Martos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. A percepção de professores de Matemática quanto ao livro didático e o MMM. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Educação: Teoria e Prática</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>[S. l.]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, v. 29, n. 62, p. 553–570, 2019. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.periodicos.rc.biblioteca.unesp.br/index.php/educacao/article/view/14183" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>https://www.periodicos.rc.biblioteca.unesp.br/index.php/educacao/article/view/14183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>. Acesso em: 15, set. 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DDAA92">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69E5571D">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Leis, decretos, portarias, etc.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4BD698">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">BRASIL. Lei n.º 9394/96. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Lei de Diretrizes e Bases da Educação Nacional.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Estabelece as diretrizes e bases da educação nacional. Brasília: 1996. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.planalto.gov.br/ccivil_03/Leis/L9394.htm" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>https://www.planalto.gov.br/ccivil_03/Leis/L9394.htm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Acesso em: 25, maio 2019.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E743DA3">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C6D8DCD">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">BRASIL. Ministério da Educação. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Resolução CNE/CP nº. 1, de 18/02/2002</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Institui Diretrizes Curriculares Nacionais para a Formação de Professores da Educação Básica, em nível superior, curso de licenciatura, de graduação plena. Brasília: 2002. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://portal.mec.gov.br/cne/arquivos/pdf/rcp01_02.pdf" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>http://portal.mec.gov.br/cne/arquivos/pdf/rcp01_02.pdf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Acesso em: 25, maio 2019.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E5C76B">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67201475">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">BRASIL. Ministério da Educação. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Parecer CNE/CES nº 1.302, de 06 de novembro de 2001</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Define as Diretrizes Curriculares Nacionais para os Cursos de Matemática, Bacharelado e Licenciatura. Brasília: 2002b. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://portal.mec.gov.br/cne/arquivos/pdf/CES13022.pdf" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>http://portal.mec.gov.br/cne/arquivos/pdf/CES13022.pdf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Acesso em: 25, maio 2019.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BDBC60">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DF080A0">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">BRASIL. Ministério da Educação. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Resolução CNE/CP nº. 2, de 19 de fevereiro de 2002</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Institui a duração e a carga horária dos cursos de licenciatura, de graduação plena, de formação de professores da Educação Básica em nível superior. Brasília: 2002c. Disponível em: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://portal.mec.gov.br/cne/arquivos/pdf/CP022002.pdf" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>http://portal.mec.gov.br/cne/arquivos/pdf/CP022002.pdf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. Acesso em: 25, maio 2019.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E83341E">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7915DD65">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">OBS.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A73535D">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Todos os endereços de páginas na Internet (URLs) incluídos no texto devem obedecer à Lei de Direitos Autorais (LDA – Lei 9.610/1998).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79AEE185">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>O Comitê Científico Editorial da </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista Triângulo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>se reserva o direito de introduzir alterações nos originais, visando a manter a homogeneidade e a qualidade da publicação, respeitando, porém, o estilo e a opinião da autora/do autor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E17233">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6957414F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="095DBD86">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor allowOverlap="1" behindDoc="0" distB="45720" distT="45720" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
-[...1115 lines deleted...]
-                <a:graphic>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="3689985" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1230222951" name="Conector reto 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3690000" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:drawing>
-[...30 lines deleted...]
-            </w:drawing>
+            <w:pict>
+              <v:line id="Conector reto 1" o:spid="_x0000_s1026" o:spt="20" style="height:0pt;width:290.55pt;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAhkLwjtEAAAAC&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMAyG70i8Q2QkbiwtEqwqTXeYxAEJCSgcOGaN15Ql&#10;Tmmytrw9Hhd2sfTrtz5/rjaLd2LCMfaBFOSrDARSG0xPnYKP98ebAkRMmox2gVDBD0bY1JcXlS5N&#10;mOkNpyZ1giEUS63ApjSUUsbWotdxFQYk7vZh9DpxHDtpRj0z3Dt5m2X30uue+ILVA24ttofm6JlC&#10;6+/94sbP15dnWzTzFz5Na1Tq+irPHkAkXNL/Mpz0WR1qdtqFI5konAJ+JP1N7u6KPAexO0VZV/Jc&#10;vf4FUEsDBBQAAAAIAIdO4kAP/BLg1AEAALgDAAAOAAAAZHJzL2Uyb0RvYy54bWytU01v2zAMvQ/Y&#10;fxB0X+w4aNAacXpI0F2GLcC2H6DIki1AXyDVOPn3o+Q07bpLD/NBpijyUe+R2jyenWUnBWiC7/hy&#10;UXOmvAy98UPHf/96+nLPGSbhe2GDVx2/KOSP28+fNlNsVRPGYHsFjEA8tlPs+JhSbKsK5aicwEWI&#10;ytOhDuBEoi0MVQ9iInRnq6au19UUoI8QpEIk734+5FdE+Ahg0NpItQ/y2SmfZlRQViSihKOJyLfl&#10;tlormX5ojSox23FimspKRcg+5rXabkQ7gIijkdcriI9c4R0nJ4ynojeovUiCPYP5B8oZCQGDTgsZ&#10;XDUTKYoQi2X9Tpufo4iqcCGpMd5Ex/8HK7+fDsBMT5PQrOqmaR7ulpx54ajzO+q/TAEYqBTYMms1&#10;RWwpZecPcN1hPEAmftbg8p8osXPR93LTV50Tk+RcrR9q+jiTL2fVa2IETF9VcCwbHbfGZ+qiFadv&#10;mKgYhb6EZLcPT8ba0j7r2dTx9eouIwsaSU2jQKaLRAv9wJmwA826TFAQMVjT5+yMgzAcdxbYSeQJ&#10;KV8mStX+Csul9wLHOa4czbPjTKLnYI3r+P3bbOsJJMs1C5StY+gvRbfip4aWMtfhyxPzdl+yXx/c&#10;9g9QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzR&#10;AAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ&#10;+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2&#10;I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gp&#10;OiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6&#10;HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7D&#10;MBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQq&#10;L6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9Ap&#10;D/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvc&#10;W893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r&#10;1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAAA+&#10;BAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAA&#10;AAAAEAAAACADAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAA&#10;AABEAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAA&#10;AAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCGQvCO0QAAAAIBAAAPAAAAAAAAAAEAIAAAACIAAABk&#10;cnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAD/wS4NQBAAC4AwAADgAAAAAAAAABACAAAAAg&#10;AQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAZgUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <w10:wrap type="none"/>
+                <w10:anchorlock/>
+              </v:line>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...18 lines deleted...]
-        <w:shd w:fill="auto" w:val="clear"/>
+    </w:p>
+    <w:p w14:paraId="6C3C7713">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="3544"/>
+          <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
-        <w:spacing w:after="0" w:before="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="2835" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="2835" w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Contribuição dos autores:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lorem ipsum dolor sit amet, consectetur adipiscing elit. Etiam eget ligula eu lectus lobortis condimentum. Aliquam nonummy auctor massa. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B0F2FC">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+        </w:tabs>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D669AB8">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+        </w:tabs>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Conflito de interesse:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nulla at risus. Quisque purus magna, auctor et, sagittis ac, posuere eu, lectus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544A5145">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+        </w:tabs>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="421CA865">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+        </w:tabs>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Declaração ética:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lorem ipsum dolor sit amet, consectetur adipiscing elit. Etiam eget ligula eu lectus lobortis condimentum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60750CD9">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+        </w:tabs>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="057AB8BA">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+        </w:tabs>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Financiamento:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nam mattis, felis ut adipiscing. Lorem ipsum dolor sit amet, consectetur adipiscing elit. Etiam eget ligula eu lectus lobortis condimentum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500D6D85">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+        </w:tabs>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68C22DE9">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+        </w:tabs>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Agradecimentos: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">Devem obedecer às mesmas normas usadas no corpo do texto: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">, tamanho 11. No caso de agradecimentos para a CAPES, segundo a </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.in.gov.br/materia/-/asset_publisher/Kujrw0TZC2Mb/content/id/39729251/do1-2018-09-05-portaria-n-206-de-4-de-setembro-de-2018-39729135" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Portaria nº 206, de 4 de setembro de 2018</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="13"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2F58C4">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+        </w:tabs>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:t>Exemplo: O presente trabalho foi realizado com apoio da Coordenação de Aperfeiçoamento de Pessoal de Nível Superior - Brasil (CAPES) - Código de Financiamento 001.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696D1BAF">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+        <w:ind w:left="2835" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...519 lines deleted...]
-        </w:rPr>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distB="0" distT="0" distL="0" distR="0">
-[...3 lines deleted...]
-                <a:graphic>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="3689985" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="830215851" name="Conector reto 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3690000" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:drawing>
-[...30 lines deleted...]
-            </w:drawing>
+            <w:pict>
+              <v:line id="Conector reto 1" o:spid="_x0000_s1026" o:spt="20" style="height:0pt;width:290.55pt;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAhkLwjtEAAAAC&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMAyG70i8Q2QkbiwtEqwqTXeYxAEJCSgcOGaN15Ql&#10;Tmmytrw9Hhd2sfTrtz5/rjaLd2LCMfaBFOSrDARSG0xPnYKP98ebAkRMmox2gVDBD0bY1JcXlS5N&#10;mOkNpyZ1giEUS63ApjSUUsbWotdxFQYk7vZh9DpxHDtpRj0z3Dt5m2X30uue+ILVA24ttofm6JlC&#10;6+/94sbP15dnWzTzFz5Na1Tq+irPHkAkXNL/Mpz0WR1qdtqFI5konAJ+JP1N7u6KPAexO0VZV/Jc&#10;vf4FUEsDBBQAAAAIAIdO4kBaj1G30wEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWytU8uO2zAMvBfo&#10;Pwi6N3YSJEiNOHtIsL0UbYC2H6DIki1AL5DaOPn7UnI2++hlD/VBpihyqBlS24eLs+ysAE3wLZ/P&#10;as6Ul6Ezvm/5n9+PXzacYRK+EzZ41fKrQv6w+/xpO8ZGLcIQbKeAEYjHZowtH1KKTVWhHJQTOAtR&#10;eTrUAZxItIW+6kCMhO5stajrdTUG6CIEqRDJe5gO+Q0RPgIYtDZSHYJ8csqnCRWUFYko4WAi8l25&#10;rdZKpp9ao0rMtpyYprJSEbJPea12W9H0IOJg5O0K4iNXeMfJCeOp6B3qIJJgT2D+gXJGQsCg00wG&#10;V01EiiLEYl6/0+bXIKIqXEhqjHfR8f/Byh/nIzDTtXyzrBfz1WY158wLR43fU/tlCsBApcDmWaox&#10;YkMZe3+E2w7jETLviwaX/8SIXYq817u86pKYJOdy/bWmjzP5fFa9JEbA9E0Fx7LRcmt8Zi4acf6O&#10;iYpR6HNIdvvwaKwt3bOejS1fL1cZWdBEapoEMl0kVuh7zoTtadRlgoKIwZouZ2cchP60t8DOIg9I&#10;+TJRqvYmLJc+CBymuHI0jY4ziV6DNY4EfJ1tPYFkuSaBsnUK3bXoVvzUz1LmNnt5YF7vS/bLe9v9&#10;BVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEA&#10;AACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn6&#10;9vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYj&#10;mWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6&#10;JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7oc&#10;vwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMw&#10;EEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5Cov&#10;pEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP&#10;+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xb&#10;z3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvX&#10;OP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAD0E&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAA&#10;AAAQAAAAHwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAA&#10;AEMDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAA&#10;AAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQIZC8I7RAAAAAgEAAA8AAAAAAAAAAQAgAAAAIgAAAGRy&#10;cy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kBaj1G30wEAALcDAAAOAAAAAAAAAAEAIAAAACAB&#10;AABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAABlBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <w10:wrap type="none"/>
+                <w10:anchorlock/>
+              </v:line>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...23 lines deleted...]
-        <w:ind w:left="3969" w:right="0" w:firstLine="0"/>
+    </w:p>
+    <w:p w14:paraId="40B20B06">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...232 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr>
-      <w:headerReference r:id="rId14" w:type="default"/>
-[...6 lines deleted...]
-      <w:pgMar w:bottom="1701" w:top="1843" w:left="1134" w:right="1134" w:header="709" w:footer="709"/>
+      <w:headerReference r:id="rId5" w:type="default"/>
+      <w:footerReference r:id="rId6" w:type="default"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1843" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
+      <w:cols w:space="708" w:num="1"/>
+      <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...1 lines deleted...]
-  <w:font w:name="Cambria"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimHei">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="等线 Light">
+    <w:altName w:val="Liberation Mono"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Mono">
+    <w:panose1 w:val="02070409020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="400078FF" w:usb2="00000001" w:usb3="00000000" w:csb0="600001BF" w:csb1="DFF70000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="73476D69">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...17 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:pStyle w:val="16"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...82 lines deleted...]
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:u w:val="none"/>
-[...2 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">Revista Triângulo | 2025 | 11 | e025001          </w:t>
-[...65 lines deleted...]
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>-49529</wp:posOffset>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>-11430</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-153669</wp:posOffset>
+                <wp:posOffset>-239395</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6271260" cy="0"/>
-              <wp:effectExtent b="1016" l="0" r="0" t="1016"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="2" name=""/>
-              <a:graphic>
+              <wp:docPr id="1960633619" name="Conector reto 1"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6271260" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:drawing>
-[...38 lines deleted...]
-          </w:drawing>
+          <w:pict>
+            <v:line id="Conector reto 1" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;margin-left:-0.9pt;margin-top:-18.85pt;height:0pt;width:493.8pt;mso-position-horizontal-relative:margin;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAjYmdrdYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvEMBCF74L/IYzgbTetou12m+5B8CAIavXgMdvMttVk&#10;UptsW/+9IwjraZj3Hm++KXeLs2LCMfSeFKTrBARS401PrYK31/tVDiJETUZbT6jgGwPsqvOzUhfG&#10;z/SCUx1bwSUUCq2gi3EopAxNh06HtR+Q2Dv40enI69hKM+qZy52VV0lyK53uiS90esC7DpvP+ui4&#10;hbKvw2LH9+enxy6v5w98mDJU6vIiTbYgIi7xFIZffEaHipn2/kgmCKtglTJ55HmdZSA4sMlvWNn/&#10;KbIq5f8Xqh9QSwMEFAAAAAgAh07iQP4i9DLVAQAAuAMAAA4AAABkcnMvZTJvRG9jLnhtbK1Ty27b&#10;MBC8F+g/ELzXsmxUTQTLOdhIL0VroO0H0BQpEeALu4xl/32XlOOk6SWH6kAt9zHLGS43D2dn2UkB&#10;muA7Xi+WnCkvQ2/80PHfvx4/3XGGSfhe2OBVxy8K+cP244fNFFu1CmOwvQJGIB7bKXZ8TCm2VYVy&#10;VE7gIkTlKagDOJFoC0PVg5gI3dlqtVw21RSgjxCkQiTvfg7yKyK8BzBobaTaB/nklE8zKigrElHC&#10;0UTk23JarZVMP7RGlZjtODFNZaUmZB/zWm03oh1AxNHI6xHEe47whpMTxlPTG9ReJMGewPwD5YyE&#10;gEGnhQyumokURYhFvXyjzc9RRFW4kNQYb6Lj/4OV308HYKanSbhvls163dT3nHnh6OZ3dP8yBWCg&#10;UmB11mqK2FLJzh/gusN4gEz8rMHlP1Fi56Lv5aavOicmydmsvtSrhqSXz7HqpTACpq8qOJaNjlvj&#10;M3XRitM3TNSMUp9TstuHR2NtuT7r2UTg688ZWdBIahoFMl0kWugHzoQdaNZlgoKIwZo+V2cchOG4&#10;s8BOIk9I+TJR6vZXWm69FzjOeSU0z44ziZ6DNa7jd6+rrSeQLNcsULaOob8U3YqfLrS0uQ5fnpjX&#10;+1L98uC2fwBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07i&#10;QIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiK&#10;YxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyP&#10;D/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Au&#10;t9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6H&#10;jOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFM&#10;GNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6&#10;MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5Kd&#10;CXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3h&#10;dLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAAB&#10;ACAAAABEBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAAAAAAAAAEAAAACYDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAA&#10;AAABACAAAABKAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAA&#10;AAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCNiZ2t1gAAAAoBAAAPAAAAAAAAAAEAIAAA&#10;ACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA/iL0MtUBAAC4AwAADgAAAAAAAAAB&#10;ACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAbAUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+            </v:line>
+          </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:drawing>
-        <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
+          <wp:positionH relativeFrom="margin">
             <wp:posOffset>2280285</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>0</wp:posOffset>
+          <wp:positionV relativeFrom="margin">
+            <wp:posOffset>8764905</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="179705" cy="179705"/>
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr descr="Desenho de um círculo&#10;&#10;O conteúdo gerado por IA pode estar incorreto." id="7" name="image2.png"/>
-          <a:graphic>
+          <wp:docPr id="1299320983" name="Imagem 24" descr="Desenho de um círculo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr descr="Desenho de um círculo&#10;&#10;O conteúdo gerado por IA pode estar incorreto." id="0" name="image2.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="1299320983" name="Imagem 24" descr="Desenho de um círculo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId5"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="179705" cy="179705"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
-                  <a:ln/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Revista Triângulo | 2025 | 11 | e025001             </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> HYPERLINK "https://doi.org/10.18554/xxxxxxxxx" </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="13"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>10.18554/xxxxxxxxx</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="13"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">                                                      </w:t>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">               </w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="945810069"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="autotext"/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve">PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+  <w:p w14:paraId="1EECEEF7">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...16 lines deleted...]
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:pStyle w:val="16"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...4 lines deleted...]
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...42 lines deleted...]
-</w:ftr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="310E39A4">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...17 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:pStyle w:val="15"/>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...9 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="EE0000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rtl w:val="0"/>
+        <w:color w:val="00B050"/>
       </w:rPr>
-    </w:r>
-[...46 lines deleted...]
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:drawing>
-        <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>127635</wp:posOffset>
+            <wp:posOffset>108585</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>10160</wp:posOffset>
+            <wp:posOffset>57785</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1576070" cy="519102"/>
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+          <wp:extent cx="1576070" cy="518795"/>
+          <wp:effectExtent l="0" t="0" r="5080" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="12" name="image9.png"/>
-          <a:graphic>
+          <wp:docPr id="1662334921" name="Imagem 1662334921"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image9.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="1662334921" name="Imagem 1662334921"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1576070" cy="519102"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
-                  <a:ln/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+  <w:p w14:paraId="2C4CB9C2">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...16 lines deleted...]
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:pStyle w:val="15"/>
       <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...9 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="00B050"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:t>ISSN 2175-1609</w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...21 lines deleted...]
-        <w:color w:val="ee0000"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="EE0000"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
-        <w:u w:val="none"/>
-[...2 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>57786</wp:posOffset>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>635</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>476250</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6119495" cy="0"/>
-              <wp:effectExtent b="1016" l="0" r="0" t="1016"/>
+              <wp:extent cx="6120130" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="6" name=""/>
-              <a:graphic>
+              <wp:docPr id="1740021872" name="Conector reto 1"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6119495" cy="0"/>
+                        <a:ext cx="6120000" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:drawing>
-[...38 lines deleted...]
-          </w:drawing>
+          <w:pict>
+            <v:line id="Conector reto 1" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;margin-left:0.05pt;margin-top:37.5pt;height:0pt;width:481.9pt;mso-position-horizontal-relative:margin;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAa9/kTNMAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMAyG70i8Q2QkbiwdiHUrTXdA4oCEBBQOHLPGawqJ&#10;U5qsLW+PJw7j+Pu3Pn8ut7N3YsQhdoEULBcZCKQmmI5aBe9vD1drEDFpMtoFQgU/GGFbnZ+VujBh&#10;olcc69QKhlAstAKbUl9IGRuLXsdF6JG424fB68RxaKUZ9MRw7+R1lq2k1x3xBat7vLfYfNUHzxTK&#10;v/ezGz5enp/sup4+8XHMUanLi2V2ByLhnE7LcNRndajYaRcOZKJwxyySgvyWH+J2s7rZgNj9DWRV&#10;yv/61S9QSwMEFAAAAAgAh07iQFmui/XUAQAAuAMAAA4AAABkcnMvZTJvRG9jLnhtbK1Ty27bMBC8&#10;F8g/ELzHktw2MQTLOdhIL0VroO0H0BQpEeALu4xl/32XlOM8esmhOlDLJXeWMxyuH07OsqMCNMF3&#10;vFnUnCkvQ2/80PE/vx9vV5xhEr4XNnjV8bNC/rC5+bSeYquWYQy2V8AIxGM7xY6PKcW2qlCOyglc&#10;hKg8LeoATiSawlD1ICZCd7Za1vVdNQXoIwSpECm7mxf5BRE+Ahi0NlLtgnxyyqcZFZQViSjhaCLy&#10;TTmt1kqmn1qjSsx2nJimMlITig95rDZr0Q4g4mjk5QjiI0d4x8kJ46npFWonkmBPYP6BckZCwKDT&#10;QgZXzUSKIsSiqd9p82sUURUuJDXGq+j4/2Dlj+MemOnJCfdf6nrZrO6XnHnh6Oa3dP8yBWCgUmBN&#10;1mqK2FLJ1u/hMsO4h0z8pMHlP1Fip6Lv+aqvOiUmKXnXkAFqkl4+r1UvhREwfVPBsRx03BqfqYtW&#10;HL9joma09XlLTvvwaKwt12c9mwj889eMLMiSmqxAoYtEC/3AmbADeV0mKIgYrOlzdcZBGA5bC+wo&#10;skPKl4lStzfbcuudwHHeV5Zm7ziT6DlY4zq+el1tPYFkuWaBcnQI/bnoVvJ0oaXNxXzZMa/npfrl&#10;wW3+AlBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMu&#10;trYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/&#10;2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649X&#10;b7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFB&#10;TsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq&#10;5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH&#10;0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUou&#10;O9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrW&#10;jmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAA&#10;AEAEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAA&#10;AAAAAAAQAAAAIgMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEA&#10;IAAAAEYDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAA&#10;EAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQGvf5EzTAAAABgEAAA8AAAAAAAAAAQAgAAAAIgAA&#10;AGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kBZrov11AEAALgDAAAOAAAAAAAAAAEAIAAA&#10;ACIBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAABoBQAAAAA=&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+            </v:line>
+          </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...44 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="285330D9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="285330D9"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5039" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:color w:val="00b050"/>
+        <w:color w:val="00B050"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5759" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6479" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7199" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7919" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8639" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9359" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10079" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="10799" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="686C392A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="686C392A"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:defaultTabStop w:val="720"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="170"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="709"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00AC25EE"/>
+    <w:rsid w:val="00060D3F"/>
+    <w:rsid w:val="00071753"/>
+    <w:rsid w:val="00076E37"/>
+    <w:rsid w:val="000A6DE2"/>
+    <w:rsid w:val="000B2952"/>
+    <w:rsid w:val="000D3C3C"/>
+    <w:rsid w:val="000D5FAC"/>
+    <w:rsid w:val="000D629D"/>
+    <w:rsid w:val="000E0E6A"/>
+    <w:rsid w:val="000E3BB4"/>
+    <w:rsid w:val="000F2879"/>
+    <w:rsid w:val="000F3883"/>
+    <w:rsid w:val="00104475"/>
+    <w:rsid w:val="0011680D"/>
+    <w:rsid w:val="00120EFE"/>
+    <w:rsid w:val="00121505"/>
+    <w:rsid w:val="001244FA"/>
+    <w:rsid w:val="00144CB1"/>
+    <w:rsid w:val="001673F1"/>
+    <w:rsid w:val="001809C6"/>
+    <w:rsid w:val="00180C57"/>
+    <w:rsid w:val="0019331F"/>
+    <w:rsid w:val="001948FF"/>
+    <w:rsid w:val="00197A45"/>
+    <w:rsid w:val="001A2DB9"/>
+    <w:rsid w:val="001F443C"/>
+    <w:rsid w:val="001F74EF"/>
+    <w:rsid w:val="00210C1A"/>
+    <w:rsid w:val="0021594A"/>
+    <w:rsid w:val="00221D06"/>
+    <w:rsid w:val="002520C6"/>
+    <w:rsid w:val="00255438"/>
+    <w:rsid w:val="002648FD"/>
+    <w:rsid w:val="00272139"/>
+    <w:rsid w:val="00280D72"/>
+    <w:rsid w:val="002A4D2A"/>
+    <w:rsid w:val="002B6604"/>
+    <w:rsid w:val="002C6BBB"/>
+    <w:rsid w:val="002D2741"/>
+    <w:rsid w:val="002D4D6F"/>
+    <w:rsid w:val="002D708E"/>
+    <w:rsid w:val="002E11A8"/>
+    <w:rsid w:val="002E2F34"/>
+    <w:rsid w:val="002E6D8B"/>
+    <w:rsid w:val="002F0027"/>
+    <w:rsid w:val="002F682F"/>
+    <w:rsid w:val="00341F3F"/>
+    <w:rsid w:val="00352449"/>
+    <w:rsid w:val="00367193"/>
+    <w:rsid w:val="0039748D"/>
+    <w:rsid w:val="003B2D31"/>
+    <w:rsid w:val="003C48E5"/>
+    <w:rsid w:val="00413E4C"/>
+    <w:rsid w:val="00431A7B"/>
+    <w:rsid w:val="004361CF"/>
+    <w:rsid w:val="00441645"/>
+    <w:rsid w:val="0045535A"/>
+    <w:rsid w:val="004664EE"/>
+    <w:rsid w:val="00495591"/>
+    <w:rsid w:val="004A33C3"/>
+    <w:rsid w:val="004D41DE"/>
+    <w:rsid w:val="004E01CC"/>
+    <w:rsid w:val="004F01B9"/>
+    <w:rsid w:val="005013A6"/>
+    <w:rsid w:val="005174E1"/>
+    <w:rsid w:val="005306E0"/>
+    <w:rsid w:val="00534E93"/>
+    <w:rsid w:val="00557105"/>
+    <w:rsid w:val="00573028"/>
+    <w:rsid w:val="0058504F"/>
+    <w:rsid w:val="00597CBE"/>
+    <w:rsid w:val="005B77F9"/>
+    <w:rsid w:val="005C6FBF"/>
+    <w:rsid w:val="005E141C"/>
+    <w:rsid w:val="005F1F83"/>
+    <w:rsid w:val="005F5163"/>
+    <w:rsid w:val="0060215B"/>
+    <w:rsid w:val="00605C56"/>
+    <w:rsid w:val="00623394"/>
+    <w:rsid w:val="00642F01"/>
+    <w:rsid w:val="00651B5C"/>
+    <w:rsid w:val="00666BD9"/>
+    <w:rsid w:val="00676FE5"/>
+    <w:rsid w:val="006C16AE"/>
+    <w:rsid w:val="006F376D"/>
+    <w:rsid w:val="006F503F"/>
+    <w:rsid w:val="00753689"/>
+    <w:rsid w:val="00772991"/>
+    <w:rsid w:val="00794738"/>
+    <w:rsid w:val="007E756C"/>
+    <w:rsid w:val="00810B6E"/>
+    <w:rsid w:val="00863698"/>
+    <w:rsid w:val="0089550A"/>
+    <w:rsid w:val="008A2F83"/>
+    <w:rsid w:val="008A4EDF"/>
+    <w:rsid w:val="008C7DAD"/>
+    <w:rsid w:val="008E00AC"/>
+    <w:rsid w:val="008E64AE"/>
+    <w:rsid w:val="0094208F"/>
+    <w:rsid w:val="009A1104"/>
+    <w:rsid w:val="009D7E7F"/>
+    <w:rsid w:val="009E7011"/>
+    <w:rsid w:val="009F3CE9"/>
+    <w:rsid w:val="009F5AD8"/>
+    <w:rsid w:val="009F7253"/>
+    <w:rsid w:val="00A02800"/>
+    <w:rsid w:val="00A37129"/>
+    <w:rsid w:val="00A41B6E"/>
+    <w:rsid w:val="00A41BE5"/>
+    <w:rsid w:val="00A440FB"/>
+    <w:rsid w:val="00A50CDD"/>
+    <w:rsid w:val="00A67837"/>
+    <w:rsid w:val="00A751CD"/>
+    <w:rsid w:val="00A75ADA"/>
+    <w:rsid w:val="00A917F4"/>
+    <w:rsid w:val="00AB0A2B"/>
+    <w:rsid w:val="00AC25EE"/>
+    <w:rsid w:val="00AE20DE"/>
+    <w:rsid w:val="00AF3C25"/>
+    <w:rsid w:val="00B13A4B"/>
+    <w:rsid w:val="00B14048"/>
+    <w:rsid w:val="00B6771B"/>
+    <w:rsid w:val="00B846D4"/>
+    <w:rsid w:val="00B975AC"/>
+    <w:rsid w:val="00BD65E9"/>
+    <w:rsid w:val="00BE4749"/>
+    <w:rsid w:val="00BF3123"/>
+    <w:rsid w:val="00C06176"/>
+    <w:rsid w:val="00C102B0"/>
+    <w:rsid w:val="00C26263"/>
+    <w:rsid w:val="00C7072B"/>
+    <w:rsid w:val="00C844DD"/>
+    <w:rsid w:val="00C8749A"/>
+    <w:rsid w:val="00CA39B9"/>
+    <w:rsid w:val="00CC7D6A"/>
+    <w:rsid w:val="00CD464E"/>
+    <w:rsid w:val="00CE78D1"/>
+    <w:rsid w:val="00D12634"/>
+    <w:rsid w:val="00D35820"/>
+    <w:rsid w:val="00D52EA4"/>
+    <w:rsid w:val="00D56C72"/>
+    <w:rsid w:val="00D624C2"/>
+    <w:rsid w:val="00D84D6C"/>
+    <w:rsid w:val="00DB5CD1"/>
+    <w:rsid w:val="00DC07EE"/>
+    <w:rsid w:val="00DF4598"/>
+    <w:rsid w:val="00DF5F6A"/>
+    <w:rsid w:val="00E078B0"/>
+    <w:rsid w:val="00E16B94"/>
+    <w:rsid w:val="00E30521"/>
+    <w:rsid w:val="00E42036"/>
+    <w:rsid w:val="00E470E4"/>
+    <w:rsid w:val="00EA3F82"/>
+    <w:rsid w:val="00EE0109"/>
+    <w:rsid w:val="00EE31D4"/>
+    <w:rsid w:val="00EF7900"/>
+    <w:rsid w:val="00F10FE8"/>
+    <w:rsid w:val="00F14756"/>
+    <w:rsid w:val="00F154A4"/>
+    <w:rsid w:val="00F60374"/>
+    <w:rsid w:val="00F62514"/>
+    <w:rsid w:val="00F73548"/>
+    <w:rsid w:val="00FE3037"/>
+    <w:rsid w:val="00FF6143"/>
+    <w:rsid w:val="0F644C6B"/>
+    <w:rsid w:val="153D4979"/>
+    <w:rsid w:val="4760775F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pt-BR" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...2 lines deleted...]
-        <w:lang w:val="pt_BR"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
-[...8 lines deleted...]
-    <w:next w:val="Normal"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:uiPriority="99" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:uiPriority="1" w:semiHidden="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="29" w:semiHidden="0" w:name="Quote"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="30" w:semiHidden="0" w:name="Intense Quote"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-      <w:color w:val="2f5496"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="18"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="19"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="160" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-      <w:color w:val="2f5496"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="20"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="160" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="2f5496"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="21"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="80" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="1"/>
-      <w:color w:val="2f5496"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="22"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="80" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="2f5496"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="23"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:before="40" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="1"/>
-      <w:color w:val="595959"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="65000"/>
+            <w14:lumOff w14:val="35000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="24"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="65000"/>
+            <w14:lumOff w14:val="35000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="25"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="85000"/>
+            <w14:lumOff w14:val="15000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="10">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="26"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="85000"/>
+            <w14:lumOff w14:val="15000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="11">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="12">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="13">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="11"/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="hlink"/>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="14">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="27"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="10"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="15">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="36"/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="16">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="37"/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="17">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:pPr/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="28"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="11"/>
     <w:rPr>
-      <w:color w:val="595959"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="65000"/>
+            <w14:lumOff w14:val="35000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="18">
+    <w:name w:val="Título 1 Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="19">
+    <w:name w:val="Título 2 Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="3"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Título 3 Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="4"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Título 4 Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="5"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Título 5 Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="6"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="Título 6 Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="7"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="65000"/>
+            <w14:lumOff w14:val="35000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="Título 7 Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="8"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="65000"/>
+            <w14:lumOff w14:val="35000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="25">
+    <w:name w:val="Título 8 Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="9"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="85000"/>
+            <w14:lumOff w14:val="15000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="26">
+    <w:name w:val="Título 9 Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="10"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="85000"/>
+            <w14:lumOff w14:val="15000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="27">
+    <w:name w:val="Título Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="14"/>
+    <w:uiPriority w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="28">
+    <w:name w:val="Subtítulo Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="17"/>
+    <w:uiPriority w:val="11"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="65000"/>
+            <w14:lumOff w14:val="35000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="29">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="29"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="75000"/>
+            <w14:lumOff w14:val="25000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Citação Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="29"/>
+    <w:uiPriority w:val="29"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="tx1">
+            <w14:lumMod w14:val="75000"/>
+            <w14:lumOff w14:val="25000"/>
+          </w14:schemeClr>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="31">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="34"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="32">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="11"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="21"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="33">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="34"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="30"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="34">
+    <w:name w:val="Citação Intensa Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="33"/>
+    <w:uiPriority w:val="30"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="35">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="11"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="32"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5597" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="36">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="15"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="37">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="11"/>
+    <w:link w:val="16"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="38">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="11"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:autoria@uftm.edu.br" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18554/xxxxxxxxx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...39 lines deleted...]
-  <a:extraClrSchemeLst/>
+  <a:objectDefaults/>
 </a:theme>
 </file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+  <customSectProps/>
+  <customShpExts>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+  </customShpExts>
+</s:customData>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCAA3512-B76A-4F6C-94B8-19C5598C2607}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <Pages>9</Pages>
+  <Words>3571</Words>
+  <Characters>19285</Characters>
+  <Lines>160</Lines>
+  <Paragraphs>45</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>22811</CharactersWithSpaces>
+  <Application>WPS Office_12.2.0.21546_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Microsoft Office</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>1046-12.2.0.21546</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>E95F7E1C6CDA41ACB33B80FE73B84203_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>